--- v0 (2025-11-04)
+++ v1 (2026-03-22)
@@ -7,920 +7,1094 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdWorkbook" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
     <Relationship Id="rIdCore" Type="http://schemas.openxmlformats.org/officedocument/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
     <Relationship Id="rIdApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Přehled obchodníků" sheetId="1" r:id="rIdSheet1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="290">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="348" uniqueCount="348">
   <si>
     <t xml:space="preserve">AD 1150 s.r.o. - Kuchyně, koupelna, dlažba, zařizováky, projekt, výběr, dodáka, montáž, dohled.</t>
   </si>
   <si>
     <t xml:space="preserve">Vrchlického 581/16</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové - Pražské Předměstí</t>
   </si>
   <si>
     <t xml:space="preserve">50002</t>
   </si>
   <si>
     <t xml:space="preserve">Bytové vybavení, zařízení domácnosti</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.adinteriery.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Bajkazyl Hradec Králové - Cyklokavárna, oprava kol, klub pro podporu udržitelné dopravy.</t>
   </si>
   <si>
     <t xml:space="preserve">Československé armády 216/41</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50003</t>
   </si>
   <si>
     <t xml:space="preserve">Doprava, Rekreace a Kultura, Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.facebook.com/BajkazylHK/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Barevný prostor - prostor pro barvy, radost a kreativitu</t>
   </si>
   <si>
     <t xml:space="preserve">Ječná 510/30</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50003</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.barevnyprostor.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">BENOMA - podlahové krytiny a dveře</t>
   </si>
   <si>
     <t xml:space="preserve">třída Edvarda Beneše 1426/15</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové - Nový Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50012</t>
   </si>
   <si>
     <t xml:space="preserve">Bytové vybavení, zařízení domácnosti</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.benoma.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Break Fast Cafe</t>
   </si>
   <si>
     <t xml:space="preserve">Víta Nejedlého 1063/10</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50003</t>
   </si>
   <si>
     <t xml:space="preserve">Potraviny a Nápoje</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.breakfastcafe.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Chovatelské potřeby Bafík</t>
   </si>
   <si>
     <t xml:space="preserve">Kubelíkova 1209/4</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové - Slezské Předměstí</t>
   </si>
   <si>
     <t xml:space="preserve">50003</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.bafikhk.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Chráněná dílna DANETA s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Nerudova 1180/28</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové - Pražské Předměstí</t>
   </si>
   <si>
     <t xml:space="preserve">50002</t>
   </si>
   <si>
     <t xml:space="preserve">Bytové vybavení, zařízení domácnosti, Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.daneta.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Claret Beauty</t>
   </si>
   <si>
     <t xml:space="preserve">Bratří Čapků 349/6</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50003</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.claret-beauty.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">CVIČENÍ S VYUŽITÍM DNS - Mgr. Gabriela Doksanská</t>
   </si>
   <si>
     <t xml:space="preserve">Karla Tomana 42/14</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50003</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.cvicenidns.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Cykloservis Pešek</t>
   </si>
   <si>
     <t xml:space="preserve">Mánesova 563/6</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50002</t>
   </si>
   <si>
     <t xml:space="preserve">Doprava</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.cyklopesek.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Dotek duhy</t>
   </si>
   <si>
     <t xml:space="preserve">Tomkova 911</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50001</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.dotekduhy.com/kontakt/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Dovolená VERANA</t>
   </si>
   <si>
     <t xml:space="preserve">Československé armády 239/18</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové - Pražské Předměstí</t>
   </si>
   <si>
     <t xml:space="preserve">50002</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Stravování a Ubytování, Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.dovolena-verana.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Floristické potřeby NHK</t>
   </si>
   <si>
     <t xml:space="preserve">Přemyslova 225/4</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50008</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.facebook.com/kristinaradim.hlouskovi</t>
+  </si>
+  <si>
     <t xml:space="preserve">Hana Bednářová - fotografka</t>
   </si>
   <si>
     <t xml:space="preserve">Velké náměstí 153/9</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50003</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.hanabednarova.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Hana Hořejší MVDr. - Veterinární ošetření u vás doma</t>
   </si>
   <si>
     <t xml:space="preserve">Mánesova 563/6</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50002</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.veterina-domu.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Holodeck - Studio virtuální reality</t>
   </si>
   <si>
     <t xml:space="preserve">Dukelská třída 3/5</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50002</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Mimoškolní aktivity dětí, Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://holodeck.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Jazyková škola Koala</t>
   </si>
   <si>
     <t xml:space="preserve">Akademika Heyrovského 1178/6</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50003</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.skolakoala.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">John Nell - Kukleny - kočárky, autosedačky, oblečení a kompletní dětský sortiment</t>
   </si>
   <si>
     <t xml:space="preserve">Kalendova 747/9</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové - Kukleny</t>
   </si>
   <si>
     <t xml:space="preserve">50004</t>
   </si>
   <si>
     <t xml:space="preserve">Potraviny a Nápoje, Oděvy a Obuv, Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.nejlepsikocarky.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">John Nell - Puškinova - kočárky, autosedačky, oblečení a kompletní dětský sortiment</t>
   </si>
   <si>
     <t xml:space="preserve">Puškinova 1009</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50002</t>
   </si>
   <si>
     <t xml:space="preserve">Potraviny a Nápoje, Oděvy a Obuv, Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.nejlepsikocarky.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Kadeřnictví Lenka Pátková</t>
   </si>
   <si>
     <t xml:space="preserve">Na Mlejnku 405/6</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové - Slezské Předměstí</t>
   </si>
   <si>
     <t xml:space="preserve">50003</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.instagram.com/kadernictvi_lenkapatkova/?igsh=MWhmYzdpNXZrcmwxYQ%3D%3D&amp;utm_source=qr#</t>
+  </si>
+  <si>
     <t xml:space="preserve">Keramická dílna Atelier Petrlenka</t>
   </si>
   <si>
     <t xml:space="preserve">Špitálská 193/1</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50003</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://Www.atelier-petrlenka.webnode.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Kosmetické Studio Z - Věra Valentová Zimová</t>
   </si>
   <si>
     <t xml:space="preserve">Rybova . 1901/16</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50009</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://firmy.hradeckralove.cz/firma-vera-valentova-zimova-23429/</t>
+  </si>
+  <si>
     <t xml:space="preserve">KostkoHerna</t>
   </si>
   <si>
     <t xml:space="preserve">Dukelská třída 3/5</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové - Pražské Předměstí</t>
   </si>
   <si>
     <t xml:space="preserve">50002</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Mimoškolní aktivity dětí, Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.kostkoherna.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Krámek u Lucie</t>
   </si>
   <si>
     <t xml:space="preserve">Stříbrná 17</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové - Svinary</t>
   </si>
   <si>
     <t xml:space="preserve">50009</t>
   </si>
   <si>
     <t xml:space="preserve">Potraviny a Nápoje</t>
   </si>
   <si>
+    <t xml:space="preserve">https://Www.kramekulucie.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Kytarová škola Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">Hradecká 1151/9</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50003</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.kytara-hk.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">la Rosa</t>
   </si>
   <si>
     <t xml:space="preserve">Čelakovského 622</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50002</t>
   </si>
   <si>
     <t xml:space="preserve">Oděvy a Obuv</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.facebook.com/people/Boutique-la-Rosa/100064228143273/?_rdr</t>
+  </si>
+  <si>
     <t xml:space="preserve">LamCafé</t>
   </si>
   <si>
     <t xml:space="preserve">Tomkova 188/1</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50003</t>
   </si>
   <si>
     <t xml:space="preserve">Potraviny a Nápoje</t>
   </si>
   <si>
+    <t xml:space="preserve">https://WWW.LAMCAFE.CZ</t>
+  </si>
+  <si>
     <t xml:space="preserve">Lasergame Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">Labská vodárna 1</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50311</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://Laser-hradec.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Lékárna Pyrám</t>
   </si>
   <si>
     <t xml:space="preserve">Pospíšilova 1159/41</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové - Slezské Předměstí</t>
   </si>
   <si>
     <t xml:space="preserve">50003</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.lekarnapyram.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Letenky - Karel Pohner</t>
   </si>
   <si>
     <t xml:space="preserve">Tomkova 911/6</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50003</t>
   </si>
   <si>
     <t xml:space="preserve">Potraviny a Nápoje, Doprava, Stravování a Ubytování</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.selka.eu</t>
+  </si>
+  <si>
     <t xml:space="preserve">Luxusdorty</t>
   </si>
   <si>
     <t xml:space="preserve">U Koše 129/2</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové - Slatina</t>
   </si>
   <si>
     <t xml:space="preserve">50003</t>
   </si>
   <si>
     <t xml:space="preserve">Potraviny a Nápoje</t>
   </si>
   <si>
+    <t xml:space="preserve">https://Luxusdorty.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Massage by Kathleen</t>
   </si>
   <si>
     <t xml:space="preserve">Havlíčkova 836/9</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50002</t>
   </si>
   <si>
     <t xml:space="preserve">Stravování a Ubytování, Ostatní zboží a služby, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.bykathleen.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Medi Optik</t>
   </si>
   <si>
     <t xml:space="preserve">Švehlova 472/15</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50002</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.medioptik.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mgr. Dana Morávková - Výuka angličtiny, češtiny a příprava k přij. zk. na SŠ, tel:  604 815 054</t>
   </si>
   <si>
     <t xml:space="preserve">Sokolovská 1373/8</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50002</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.naucim.cz/profil/dana-moravkova/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mlékárna U Josefa</t>
   </si>
   <si>
     <t xml:space="preserve">Jaroměřská 49/3</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové - Rusek</t>
   </si>
   <si>
     <t xml:space="preserve">50003</t>
   </si>
   <si>
     <t xml:space="preserve">Potraviny a Nápoje</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.mlekarnaujosefa.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mlsoun - Káva, čokoláda a dárkové balíčky</t>
   </si>
   <si>
     <t xml:space="preserve">Špitálská 183/2</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50003</t>
   </si>
   <si>
     <t xml:space="preserve">Potraviny a Nápoje</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.mlsoun.eu</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mydlárna U Dvou koček s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Švehlova 512/14</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50002</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.mydlarnaudvoukocek.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Nejen pro děti - nosítka/šátky na děti, funkční oblečení pro děti a maminky, kojící a nosící móda, věci k vodě, masážní ortopedické podložky</t>
   </si>
   <si>
     <t xml:space="preserve">Jaroměřská 88/35</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové - Rusek</t>
   </si>
   <si>
     <t xml:space="preserve">50003</t>
   </si>
   <si>
     <t xml:space="preserve">Oděvy a Obuv, Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.nejenprodeti.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">No. 34 apartments</t>
   </si>
   <si>
     <t xml:space="preserve">Nerudova 809/34</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové - Pražské Předměstí</t>
   </si>
   <si>
     <t xml:space="preserve">50002</t>
   </si>
   <si>
     <t xml:space="preserve">Stravování a Ubytování, Mimoškolní aktivity dětí, Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.nerudova34.com</t>
+  </si>
+  <si>
     <t xml:space="preserve">Oděvy Pilař - Pracovní ochranné pomůcky</t>
   </si>
   <si>
     <t xml:space="preserve">Habrmanova 163/9</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové - Pražské Předměstí</t>
   </si>
   <si>
     <t xml:space="preserve">50002</t>
   </si>
   <si>
     <t xml:space="preserve">Oděvy a Obuv</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.odevy-pilar.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Pětiminutové rande</t>
   </si>
   <si>
     <t xml:space="preserve">Milady Horákové 1067/27</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové - Nový Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50006</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.petiminutoverande.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Pincek Computers - servis počítačů, notebooků, mobilů a tabletů</t>
   </si>
   <si>
     <t xml:space="preserve">Třída Edvarda Beneše 1544</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50012</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.PINCEK.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Placatý Káry - půjčovna zážitkových vozů</t>
   </si>
   <si>
     <t xml:space="preserve">Pražská třída 322</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50002</t>
   </si>
   <si>
     <t xml:space="preserve">Doprava, Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://PlacatyKary.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Platinum Barber Shop - tel:774036706</t>
   </si>
   <si>
     <t xml:space="preserve">Zamenhofova 1010/1</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50002</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.platinumbarbershop.cz/#</t>
+  </si>
+  <si>
     <t xml:space="preserve">Potěšení z ovčí vlny - Pavla Ledlová</t>
   </si>
   <si>
     <t xml:space="preserve">Formánkova 510/11</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové - Moravské Předměstí</t>
   </si>
   <si>
     <t xml:space="preserve">50011</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.potesenizovcivlny.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Pracovní oděvy Koutník a spol. s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Pražská třída 799/15</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové - Kukleny</t>
   </si>
   <si>
     <t xml:space="preserve">50004</t>
   </si>
   <si>
     <t xml:space="preserve">Oděvy a Obuv, Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.koutnik.com</t>
+  </si>
+  <si>
     <t xml:space="preserve">Pro Vaši svatbu</t>
   </si>
   <si>
     <t xml:space="preserve">K Břízkám 1a</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50009</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.provasisvatbu.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">RESTAURACE SPORT CAFE</t>
   </si>
   <si>
     <t xml:space="preserve">Velké náměstí 151/10</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50003</t>
   </si>
   <si>
     <t xml:space="preserve">Stravování a Ubytování</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.sport-cafe.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Rybářský Sport - vše pro rybáře</t>
   </si>
   <si>
     <t xml:space="preserve">Pospíšilova 281/18</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50003</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.rybarsky-sport.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Selka - Farmářská prodejna,  Karel Pohner</t>
   </si>
   <si>
     <t xml:space="preserve">Tomkova 1230/4</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50003</t>
   </si>
   <si>
     <t xml:space="preserve">Potraviny a Nápoje, Doprava, Stravování a Ubytování</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.selka.eu</t>
+  </si>
+  <si>
     <t xml:space="preserve">ŠICÍ CENTRUM Vojtěch Kulhánek -  galanterie, svatební a společenské šaty, obleky</t>
   </si>
   <si>
     <t xml:space="preserve">třída Karla IV. 662/16</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50002</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.vseprokolo.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Terapie Tlapkami</t>
   </si>
   <si>
     <t xml:space="preserve">Průmyslová 1200/4A</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50002</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.terapietlapkami.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tomáš Malý - fotograf</t>
   </si>
   <si>
     <t xml:space="preserve">Štefánikova 303/1</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové - Moravské Předměstí</t>
   </si>
   <si>
     <t xml:space="preserve">50011</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.tmaly.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Vinotéka IN VINO</t>
   </si>
   <si>
     <t xml:space="preserve">V Kopečku 163/19</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50003</t>
   </si>
   <si>
     <t xml:space="preserve">Potraviny a Nápoje, Vzdělávání, Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.invino.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">VOJTĚCH KULHÁNEK S.R.O. – JÍZDNÍ KOLA</t>
   </si>
   <si>
     <t xml:space="preserve">třída Karla IV. 662/16</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50002</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.vseprokolo.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Zdravé obutí</t>
   </si>
   <si>
     <t xml:space="preserve">S.K. Neumanna 453/1</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50002</t>
   </si>
   <si>
     <t xml:space="preserve">Oděvy a Obuv</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.firmy.cz/detail/12902336-zdrave-obuti-hradec-kralove.html</t>
+  </si>
+  <si>
     <t xml:space="preserve">ZDRAVÍČKO - zdravá výživa s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">třída Karla IV. 867/12</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50002</t>
   </si>
   <si>
     <t xml:space="preserve">Potraviny a Nápoje, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.zdravicko.com</t>
+  </si>
+  <si>
     <t xml:space="preserve">ZUZANA ZAPADLOVÁ, DiS. - KRANIOSAKRÁLNÍ TERAPIE</t>
   </si>
   <si>
     <t xml:space="preserve">Malé náměstí 14/30</t>
   </si>
   <si>
     <t xml:space="preserve">Hradec Králové</t>
   </si>
   <si>
     <t xml:space="preserve">50003</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Ostatní zboží a služby, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.zapadato.cz</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
@@ -928,1029 +1102,1551 @@
       <top/>
       <bottom/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
-    <row r="1" spans="1:5">
+    <row r="1" spans="1:9">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="2" spans="1:5">
+      <c r="F1" s="0">
+        <v>50.2105452</v>
+      </c>
+      <c r="G1" s="0">
+        <v>15.8172142</v>
+      </c>
+      <c r="H1" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:5">
+        <v>10</v>
+      </c>
+      <c r="F2" s="0">
+        <v>50.2124947</v>
+      </c>
+      <c r="G2" s="0">
+        <v>15.8335175</v>
+      </c>
+      <c r="H2" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9">
       <c r="A3" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:5">
+        <v>16</v>
+      </c>
+      <c r="F3" s="0">
+        <v>50.2172463</v>
+      </c>
+      <c r="G3" s="0">
+        <v>15.8566874</v>
+      </c>
+      <c r="H3" s="0" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
       <c r="A4" s="0" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:5">
+        <v>22</v>
+      </c>
+      <c r="F4" s="0">
+        <v>50.1937648</v>
+      </c>
+      <c r="G4" s="0">
+        <v>15.8409225</v>
+      </c>
+      <c r="H4" s="0" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" s="0" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:5">
+        <v>28</v>
+      </c>
+      <c r="F5" s="0">
+        <v>50.212152</v>
+      </c>
+      <c r="G5" s="0">
+        <v>15.8532418</v>
+      </c>
+      <c r="H5" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
       <c r="A6" s="0" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:5">
+        <v>34</v>
+      </c>
+      <c r="F6" s="0">
+        <v>50.2169096</v>
+      </c>
+      <c r="G6" s="0">
+        <v>15.8526241</v>
+      </c>
+      <c r="H6" s="0" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
       <c r="A7" s="0" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:5">
+        <v>40</v>
+      </c>
+      <c r="F7" s="0">
+        <v>50.2102757</v>
+      </c>
+      <c r="G7" s="0">
+        <v>15.815565</v>
+      </c>
+      <c r="H7" s="0" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
       <c r="A8" s="0" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:5">
+        <v>46</v>
+      </c>
+      <c r="F8" s="0">
+        <v>50.2131239</v>
+      </c>
+      <c r="G8" s="0">
+        <v>15.8435343</v>
+      </c>
+      <c r="H8" s="0" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
       <c r="A9" s="0" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:5">
+        <v>52</v>
+      </c>
+      <c r="F9" s="0">
+        <v>50.2084999</v>
+      </c>
+      <c r="G9" s="0">
+        <v>15.8314337</v>
+      </c>
+      <c r="H9" s="0" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
       <c r="A10" s="0" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:5">
+        <v>58</v>
+      </c>
+      <c r="F10" s="0">
+        <v>50.2125121</v>
+      </c>
+      <c r="G10" s="0">
+        <v>15.8218038</v>
+      </c>
+      <c r="H10" s="0" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
       <c r="A11" s="0" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:5">
+        <v>64</v>
+      </c>
+      <c r="F11" s="0">
+        <v>50.2099951</v>
+      </c>
+      <c r="G11" s="0">
+        <v>15.832309</v>
+      </c>
+      <c r="H11" s="0" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
       <c r="A12" s="0" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:5">
+        <v>70</v>
+      </c>
+      <c r="F12" s="0">
+        <v>50.2102347</v>
+      </c>
+      <c r="G12" s="0">
+        <v>15.8302003</v>
+      </c>
+      <c r="H12" s="0" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
       <c r="A13" s="0" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:5">
+        <v>76</v>
+      </c>
+      <c r="F13" s="0">
+        <v>50.1756064</v>
+      </c>
+      <c r="G13" s="0">
+        <v>15.8565756</v>
+      </c>
+      <c r="H13" s="0" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
       <c r="A14" s="0" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>67</v>
+        <v>80</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>68</v>
+        <v>81</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:5">
+        <v>82</v>
+      </c>
+      <c r="F14" s="0">
+        <v>50.2095926</v>
+      </c>
+      <c r="G14" s="0">
+        <v>15.8323036</v>
+      </c>
+      <c r="H14" s="0" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
       <c r="A15" s="0" t="s">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>73</v>
+        <v>87</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:5">
+        <v>88</v>
+      </c>
+      <c r="F15" s="0">
+        <v>50.2125121</v>
+      </c>
+      <c r="G15" s="0">
+        <v>15.8218038</v>
+      </c>
+      <c r="H15" s="0" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
       <c r="A16" s="0" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>78</v>
+        <v>93</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:5">
+        <v>94</v>
+      </c>
+      <c r="F16" s="0">
+        <v>50.2136046</v>
+      </c>
+      <c r="G16" s="0">
+        <v>15.8194613</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
       <c r="A17" s="0" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>81</v>
+        <v>97</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>82</v>
+        <v>98</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:5">
+        <v>100</v>
+      </c>
+      <c r="F17" s="0">
+        <v>50.201772</v>
+      </c>
+      <c r="G17" s="0">
+        <v>15.8344585</v>
+      </c>
+      <c r="H17" s="0" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
       <c r="A18" s="0" t="s">
-        <v>85</v>
+        <v>102</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>87</v>
+        <v>104</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>88</v>
+        <v>105</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:5">
+        <v>106</v>
+      </c>
+      <c r="F18" s="0">
+        <v>50.2066166</v>
+      </c>
+      <c r="G18" s="0">
+        <v>15.8037719</v>
+      </c>
+      <c r="H18" s="0" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
       <c r="A19" s="0" t="s">
-        <v>90</v>
+        <v>108</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>91</v>
+        <v>109</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>92</v>
+        <v>110</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>93</v>
+        <v>111</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:5">
+        <v>112</v>
+      </c>
+      <c r="F19" s="0">
+        <v>50.2133332</v>
+      </c>
+      <c r="G19" s="0">
+        <v>15.812007</v>
+      </c>
+      <c r="H19" s="0" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
       <c r="A20" s="0" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>96</v>
+        <v>115</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>97</v>
+        <v>116</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:5">
+        <v>118</v>
+      </c>
+      <c r="F20" s="0">
+        <v>50.2131775</v>
+      </c>
+      <c r="G20" s="0">
+        <v>15.8565462</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
       <c r="A21" s="0" t="s">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>101</v>
+        <v>121</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>102</v>
+        <v>122</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:5">
+        <v>124</v>
+      </c>
+      <c r="F21" s="0">
+        <v>50.2104003</v>
+      </c>
+      <c r="G21" s="0">
+        <v>15.8329528</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
       <c r="A22" s="0" t="s">
-        <v>105</v>
+        <v>126</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>106</v>
+        <v>127</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>107</v>
+        <v>128</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>108</v>
+        <v>129</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:5">
+        <v>130</v>
+      </c>
+      <c r="F22" s="0">
+        <v>50.1954107</v>
+      </c>
+      <c r="G22" s="0">
+        <v>15.8587702</v>
+      </c>
+      <c r="H22" s="0" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
       <c r="A23" s="0" t="s">
-        <v>110</v>
+        <v>132</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>111</v>
+        <v>133</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>112</v>
+        <v>134</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>113</v>
+        <v>135</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:5">
+        <v>136</v>
+      </c>
+      <c r="F23" s="0">
+        <v>50.2136046</v>
+      </c>
+      <c r="G23" s="0">
+        <v>15.8194613</v>
+      </c>
+      <c r="H23" s="0" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
       <c r="A24" s="0" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>116</v>
+        <v>139</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>117</v>
+        <v>140</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>118</v>
+        <v>141</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:5">
+        <v>142</v>
+      </c>
+      <c r="F24" s="0">
+        <v>50.2108728</v>
+      </c>
+      <c r="G24" s="0">
+        <v>15.9039584</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
       <c r="A25" s="0" t="s">
-        <v>120</v>
+        <v>144</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>121</v>
+        <v>145</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>122</v>
+        <v>146</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>123</v>
+        <v>147</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:5">
+        <v>148</v>
+      </c>
+      <c r="F25" s="0">
+        <v>50.203777</v>
+      </c>
+      <c r="G25" s="0">
+        <v>15.8344386</v>
+      </c>
+      <c r="H25" s="0" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
       <c r="A26" s="0" t="s">
-        <v>125</v>
+        <v>150</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>126</v>
+        <v>151</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>127</v>
+        <v>152</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>128</v>
+        <v>153</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:5">
+        <v>154</v>
+      </c>
+      <c r="F26" s="0">
+        <v>50.2124907</v>
+      </c>
+      <c r="G26" s="0">
+        <v>15.8230113</v>
+      </c>
+      <c r="H26" s="0" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
       <c r="A27" s="0" t="s">
-        <v>130</v>
+        <v>156</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>131</v>
+        <v>157</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>132</v>
+        <v>158</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>133</v>
+        <v>159</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:5">
+        <v>160</v>
+      </c>
+      <c r="F27" s="0">
+        <v>50.210177</v>
+      </c>
+      <c r="G27" s="0">
+        <v>15.8320315</v>
+      </c>
+      <c r="H27" s="0" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
       <c r="A28" s="0" t="s">
-        <v>135</v>
+        <v>162</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>136</v>
+        <v>163</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>137</v>
+        <v>164</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>138</v>
+        <v>165</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:5">
+        <v>166</v>
+      </c>
+      <c r="F28" s="0">
+        <v>50.2421659</v>
+      </c>
+      <c r="G28" s="0">
+        <v>15.8214227</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
       <c r="A29" s="0" t="s">
-        <v>140</v>
+        <v>168</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>141</v>
+        <v>169</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>142</v>
+        <v>170</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>143</v>
+        <v>171</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:5">
+        <v>172</v>
+      </c>
+      <c r="F29" s="0">
+        <v>50.2162958</v>
+      </c>
+      <c r="G29" s="0">
+        <v>15.8482122</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
       <c r="A30" s="0" t="s">
-        <v>145</v>
+        <v>174</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>146</v>
+        <v>175</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>147</v>
+        <v>176</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>148</v>
+        <v>177</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:5">
+        <v>178</v>
+      </c>
+      <c r="F30" s="0">
+        <v>50.2099951</v>
+      </c>
+      <c r="G30" s="0">
+        <v>15.832309</v>
+      </c>
+      <c r="H30" s="0" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
       <c r="A31" s="0" t="s">
-        <v>150</v>
+        <v>180</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>151</v>
+        <v>181</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>152</v>
+        <v>182</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>153</v>
+        <v>183</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:5">
+        <v>184</v>
+      </c>
+      <c r="F31" s="0">
+        <v>50.2244157</v>
+      </c>
+      <c r="G31" s="0">
+        <v>15.9019477</v>
+      </c>
+      <c r="H31" s="0" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
       <c r="A32" s="0" t="s">
-        <v>155</v>
+        <v>186</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>156</v>
+        <v>187</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>157</v>
+        <v>188</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>158</v>
+        <v>189</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:5">
+        <v>190</v>
+      </c>
+      <c r="F32" s="0">
+        <v>50.2115971</v>
+      </c>
+      <c r="G32" s="0">
+        <v>15.8261405</v>
+      </c>
+      <c r="H32" s="0" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
       <c r="A33" s="0" t="s">
-        <v>160</v>
+        <v>192</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>161</v>
+        <v>193</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>162</v>
+        <v>194</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>163</v>
+        <v>195</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:5">
+        <v>196</v>
+      </c>
+      <c r="F33" s="0">
+        <v>50.2112113</v>
+      </c>
+      <c r="G33" s="0">
+        <v>15.8255006</v>
+      </c>
+      <c r="H33" s="0" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
       <c r="A34" s="0" t="s">
-        <v>165</v>
+        <v>198</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>166</v>
+        <v>199</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>167</v>
+        <v>200</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>168</v>
+        <v>201</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:5">
+        <v>202</v>
+      </c>
+      <c r="F34" s="0">
+        <v>50.2025436</v>
+      </c>
+      <c r="G34" s="0">
+        <v>15.8144416</v>
+      </c>
+      <c r="H34" s="0" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
       <c r="A35" s="0" t="s">
-        <v>170</v>
+        <v>204</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>171</v>
+        <v>205</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>172</v>
+        <v>206</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>173</v>
+        <v>207</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:5">
+        <v>208</v>
+      </c>
+      <c r="F35" s="0">
+        <v>50.2563893</v>
+      </c>
+      <c r="G35" s="0">
+        <v>15.8503233</v>
+      </c>
+      <c r="H35" s="0" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
       <c r="A36" s="0" t="s">
-        <v>175</v>
+        <v>210</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>176</v>
+        <v>211</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>177</v>
+        <v>212</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>178</v>
+        <v>213</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:5">
+        <v>214</v>
+      </c>
+      <c r="F36" s="0">
+        <v>50.2104453</v>
+      </c>
+      <c r="G36" s="0">
+        <v>15.832418</v>
+      </c>
+      <c r="H36" s="0" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
       <c r="A37" s="0" t="s">
-        <v>180</v>
+        <v>216</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>182</v>
+        <v>218</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>183</v>
+        <v>219</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:5">
+        <v>220</v>
+      </c>
+      <c r="F37" s="0">
+        <v>50.2112252</v>
+      </c>
+      <c r="G37" s="0">
+        <v>15.826039</v>
+      </c>
+      <c r="H37" s="0" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
       <c r="A38" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>186</v>
+        <v>223</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>188</v>
+        <v>225</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:5">
+        <v>226</v>
+      </c>
+      <c r="F38" s="0">
+        <v>50.2536263</v>
+      </c>
+      <c r="G38" s="0">
+        <v>15.8518235</v>
+      </c>
+      <c r="H38" s="0" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
       <c r="A39" s="0" t="s">
-        <v>190</v>
+        <v>228</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>191</v>
+        <v>229</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>192</v>
+        <v>230</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>193</v>
+        <v>231</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:5">
+        <v>232</v>
+      </c>
+      <c r="F39" s="0">
+        <v>50.2101409</v>
+      </c>
+      <c r="G39" s="0">
+        <v>15.8139425</v>
+      </c>
+      <c r="H39" s="0" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
       <c r="A40" s="0" t="s">
-        <v>195</v>
+        <v>234</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>196</v>
+        <v>235</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>197</v>
+        <v>236</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>198</v>
+        <v>237</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:5">
+        <v>238</v>
+      </c>
+      <c r="F40" s="0">
+        <v>50.2088213</v>
+      </c>
+      <c r="G40" s="0">
+        <v>15.8124194</v>
+      </c>
+      <c r="H40" s="0" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
       <c r="A41" s="0" t="s">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>201</v>
+        <v>241</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>202</v>
+        <v>242</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>203</v>
+        <v>243</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:5">
+        <v>244</v>
+      </c>
+      <c r="F41" s="0">
+        <v>50.1874804</v>
+      </c>
+      <c r="G41" s="0">
+        <v>15.8478911</v>
+      </c>
+      <c r="H41" s="0" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
       <c r="A42" s="0" t="s">
-        <v>205</v>
+        <v>246</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>206</v>
+        <v>247</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>207</v>
+        <v>248</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>208</v>
+        <v>249</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:5">
+        <v>250</v>
+      </c>
+      <c r="F42" s="0">
+        <v>50.1948629</v>
+      </c>
+      <c r="G42" s="0">
+        <v>15.8389587</v>
+      </c>
+      <c r="H42" s="0" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
       <c r="A43" s="0" t="s">
-        <v>210</v>
+        <v>252</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>211</v>
+        <v>253</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>212</v>
+        <v>254</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>213</v>
+        <v>255</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:5">
+        <v>256</v>
+      </c>
+      <c r="F43" s="0">
+        <v>50.2105739</v>
+      </c>
+      <c r="G43" s="0">
+        <v>15.8069618</v>
+      </c>
+      <c r="H43" s="0" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
       <c r="A44" s="0" t="s">
-        <v>215</v>
+        <v>258</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>216</v>
+        <v>259</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>217</v>
+        <v>260</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>218</v>
+        <v>261</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:5">
+        <v>262</v>
+      </c>
+      <c r="F44" s="0">
+        <v>50.2136588</v>
+      </c>
+      <c r="G44" s="0">
+        <v>15.8114053</v>
+      </c>
+      <c r="H44" s="0" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
       <c r="A45" s="0" t="s">
-        <v>220</v>
+        <v>264</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>221</v>
+        <v>265</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>222</v>
+        <v>266</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>223</v>
+        <v>267</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:5">
+        <v>268</v>
+      </c>
+      <c r="F45" s="0">
+        <v>50.1845692</v>
+      </c>
+      <c r="G45" s="0">
+        <v>15.8322874</v>
+      </c>
+      <c r="H45" s="0" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
       <c r="A46" s="0" t="s">
-        <v>225</v>
+        <v>270</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>226</v>
+        <v>271</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>227</v>
+        <v>272</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>228</v>
+        <v>273</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:5">
+        <v>274</v>
+      </c>
+      <c r="F46" s="0">
+        <v>50.2082566</v>
+      </c>
+      <c r="G46" s="0">
+        <v>15.8027034</v>
+      </c>
+      <c r="H46" s="0" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
       <c r="A47" s="0" t="s">
-        <v>230</v>
+        <v>276</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>231</v>
+        <v>277</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>232</v>
+        <v>278</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>233</v>
+        <v>279</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:5">
+        <v>280</v>
+      </c>
+      <c r="F47" s="0">
+        <v>50.20693</v>
+      </c>
+      <c r="G47" s="0">
+        <v>15.8812992</v>
+      </c>
+      <c r="H47" s="0" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
       <c r="A48" s="0" t="s">
-        <v>235</v>
+        <v>282</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>236</v>
+        <v>283</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>237</v>
+        <v>284</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>238</v>
+        <v>285</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:5">
+        <v>286</v>
+      </c>
+      <c r="F48" s="0">
+        <v>50.2097049</v>
+      </c>
+      <c r="G48" s="0">
+        <v>15.8324247</v>
+      </c>
+      <c r="H48" s="0" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
       <c r="A49" s="0" t="s">
-        <v>240</v>
+        <v>288</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>241</v>
+        <v>289</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>242</v>
+        <v>290</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>243</v>
+        <v>291</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:5">
+        <v>292</v>
+      </c>
+      <c r="F49" s="0">
+        <v>50.2143557</v>
+      </c>
+      <c r="G49" s="0">
+        <v>15.8448302</v>
+      </c>
+      <c r="H49" s="0" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
       <c r="A50" s="0" t="s">
-        <v>245</v>
+        <v>294</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>246</v>
+        <v>295</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>247</v>
+        <v>296</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>248</v>
+        <v>297</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:5">
+        <v>298</v>
+      </c>
+      <c r="F50" s="0">
+        <v>50.2099722</v>
+      </c>
+      <c r="G50" s="0">
+        <v>15.8320565</v>
+      </c>
+      <c r="H50" s="0" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
       <c r="A51" s="0" t="s">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>251</v>
+        <v>301</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>252</v>
+        <v>302</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>253</v>
+        <v>303</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:5">
+        <v>304</v>
+      </c>
+      <c r="F51" s="0">
+        <v>50.2137021</v>
+      </c>
+      <c r="G51" s="0">
+        <v>15.8233495</v>
+      </c>
+      <c r="H51" s="0" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
       <c r="A52" s="0" t="s">
-        <v>255</v>
+        <v>306</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>256</v>
+        <v>307</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>257</v>
+        <v>308</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>258</v>
+        <v>309</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:5">
+        <v>310</v>
+      </c>
+      <c r="F52" s="0">
+        <v>50.2156957</v>
+      </c>
+      <c r="G52" s="0">
+        <v>15.823386</v>
+      </c>
+      <c r="H52" s="0" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
       <c r="A53" s="0" t="s">
-        <v>260</v>
+        <v>312</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>261</v>
+        <v>313</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>262</v>
+        <v>314</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>263</v>
+        <v>315</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:5">
+        <v>316</v>
+      </c>
+      <c r="F53" s="0">
+        <v>50.1893608</v>
+      </c>
+      <c r="G53" s="0">
+        <v>15.8408905</v>
+      </c>
+      <c r="H53" s="0" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
       <c r="A54" s="0" t="s">
-        <v>265</v>
+        <v>318</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>266</v>
+        <v>319</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>267</v>
+        <v>320</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>268</v>
+        <v>321</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:5">
+        <v>322</v>
+      </c>
+      <c r="F54" s="0">
+        <v>50.2098754</v>
+      </c>
+      <c r="G54" s="0">
+        <v>15.8314871</v>
+      </c>
+      <c r="H54" s="0" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
       <c r="A55" s="0" t="s">
-        <v>270</v>
+        <v>324</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>271</v>
+        <v>325</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>272</v>
+        <v>326</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>273</v>
+        <v>327</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:5">
+        <v>328</v>
+      </c>
+      <c r="F55" s="0">
+        <v>50.2137021</v>
+      </c>
+      <c r="G55" s="0">
+        <v>15.8233495</v>
+      </c>
+      <c r="H55" s="0" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
       <c r="A56" s="0" t="s">
-        <v>275</v>
+        <v>330</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>276</v>
+        <v>331</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>277</v>
+        <v>332</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>278</v>
+        <v>333</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:5">
+        <v>334</v>
+      </c>
+      <c r="F56" s="0">
+        <v>50.2134367</v>
+      </c>
+      <c r="G56" s="0">
+        <v>15.815104</v>
+      </c>
+      <c r="H56" s="0" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
       <c r="A57" s="0" t="s">
-        <v>280</v>
+        <v>336</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>281</v>
+        <v>337</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>282</v>
+        <v>338</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>283</v>
+        <v>339</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:5">
+        <v>340</v>
+      </c>
+      <c r="F57" s="0">
+        <v>50.2135888</v>
+      </c>
+      <c r="G57" s="0">
+        <v>15.8239289</v>
+      </c>
+      <c r="H57" s="0" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
       <c r="A58" s="0" t="s">
-        <v>285</v>
+        <v>342</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>286</v>
+        <v>343</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>287</v>
+        <v>344</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>288</v>
+        <v>345</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>289</v>
+        <v>346</v>
+      </c>
+      <c r="F58" s="0">
+        <v>50.209871</v>
+      </c>
+      <c r="G58" s="0">
+        <v>15.835951</v>
+      </c>
+      <c r="H58" s="0" t="s">
+        <v>347</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>